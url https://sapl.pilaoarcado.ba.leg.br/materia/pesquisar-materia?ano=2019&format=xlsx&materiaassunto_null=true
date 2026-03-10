--- v0 (2025-10-15)
+++ v1 (2026-03-10)
@@ -54,147 +54,147 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Manoel Afonso Mangueira</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/2/pl_169.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/2/pl_169.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação da Nota Fiscal Eletrônica de Serviços (NFS-e) e dá outras providências.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>THAÍSIO RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/4/pl_170_-_2019_assinado.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/4/pl_170_-_2019_assinado.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA CÍVICO MILITAR NO ENSINO FUNDAMENTAL E MÉDIO A SER IMPLANTADO NO COLÉGIO MUNICIPAL PRESIDENTE JOÃO FIGUEIREDO.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/7/projeto_173-2019_-_titulo_de_cidadao_a_leao.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/7/projeto_173-2019_-_titulo_de_cidadao_a_leao.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Exmº Sr Vice Governador da Bahia, João Felipe de Souza Leão</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/8/pl_174.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/8/pl_174.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Pilãoarcadense à Senhora Barbara De La Caridade Cabrera Uriante Bastos</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/9/pl_175.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/9/pl_175.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Pilãoarcadense ao Senhor João Batista Feitosa Amorim, atual Chefe do Cartório Eleitoral de Pilão Arcado, BA.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CLEITON VAQUEIRO</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/10/indicacao_176.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/10/indicacao_176.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nivelamento da estrada de Pedreira ao Poeirão e Recapeamento Asfáltico de Pedreira e Passagem</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>LUIS CLÁUDIO</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/11/emenda_a_lei_organica_08-2018.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/11/emenda_a_lei_organica_08-2018.pdf</t>
   </si>
   <si>
     <t>Modifica a Redação do Art. 29 da Lei Orgânica do Município de Pilão Arcado, Estado da Bahia, Proibindo a Reeleição do Presidente da Câmara</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -501,68 +501,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/2/pl_169.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/4/pl_170_-_2019_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/7/projeto_173-2019_-_titulo_de_cidadao_a_leao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/8/pl_174.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/9/pl_175.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/10/indicacao_176.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/11/emenda_a_lei_organica_08-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/2/pl_169.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/4/pl_170_-_2019_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/7/projeto_173-2019_-_titulo_de_cidadao_a_leao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/8/pl_174.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/9/pl_175.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/10/indicacao_176.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2019/11/emenda_a_lei_organica_08-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="132.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>