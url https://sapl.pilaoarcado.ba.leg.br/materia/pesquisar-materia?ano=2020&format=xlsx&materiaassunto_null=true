--- v0 (2025-10-16)
+++ v1 (2026-03-10)
@@ -54,150 +54,150 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>ORGETO BASTOS DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/15/projeto_de_lei_no_180-2020__ldo_2021.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/15/projeto_de_lei_no_180-2020__ldo_2021.pdf</t>
   </si>
   <si>
     <t>LDO - Lei de Diretrizes Orçamentárias, Exercício de 2021</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Orgeto Bastos dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/16/projeto_de_lei_no_181-2020.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/16/projeto_de_lei_no_181-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Crédito Especial destinado à Criação de Ação Orçamentária, a ser incorporada ao Programa de Trabalho do Fundo Municipal de Saúde e Fundo Municipal da Assistência Social para enfrentamento da emergência – NACIONAL – CORONAVIRUS (COVID-19).</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/18/orcamento_2021.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/18/orcamento_2021.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 182/2020, DISPÕE SOBRE O ORÇAMENTO 2021</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/</t>
   </si>
   <si>
     <t>"Fixa os subsídios do Prefeito, Vice-Prefeito e Secretários Municipais para o quadriênio 2021/2024, e contém outras providências”.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>“Fixa a remuneração dos Vereadores do Município de Pilão Arcado, Estado da Bahia, para o exercício de 2021 a 2024, e dá outras providências”.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>"Altera a estrutura administrativa, competência e composição dos órgãos da Administração Direta do Município de Pilão Arcado-BA, extingue e cria cargos comissionados, fixa remunerações, princípios e diretrizes de gestão e dá outras providências”.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/12/projeto_de_lei_178_-_2020_altera_o_sim.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/12/projeto_de_lei_178_-_2020_altera_o_sim.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a constituição do Serviço de Inspeção Municipal (SIM) e os procedimentos de inspeção sanitária em estabelecimentos que produzam produtos de origem animal e/ou vegetal e dá outras providências</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>THAÍSIO RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/17/mocao_de_repudio_a_vivo_sa.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/17/mocao_de_repudio_a_vivo_sa.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio em face da EMPRESA VIVO S/A recorrentes dos problemas constatados na prestação de serviço de telefonia móvel (celular) pela empresa Vivo S/A, bem como a demora na sua solução e no atendimento às demandas dos usuários no Município de Pilão Arcado – BA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -504,68 +504,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/15/projeto_de_lei_no_180-2020__ldo_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/16/projeto_de_lei_no_181-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/18/orcamento_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/12/projeto_de_lei_178_-_2020_altera_o_sim.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/17/mocao_de_repudio_a_vivo_sa.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/15/projeto_de_lei_no_180-2020__ldo_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/16/projeto_de_lei_no_181-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/18/orcamento_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/12/projeto_de_lei_178_-_2020_altera_o_sim.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2020/17/mocao_de_repudio_a_vivo_sa.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="251.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>