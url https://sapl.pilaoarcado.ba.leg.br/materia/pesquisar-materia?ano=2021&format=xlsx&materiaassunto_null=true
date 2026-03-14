--- v0 (2025-10-15)
+++ v1 (2026-03-14)
@@ -54,537 +54,537 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Prefeitura - PREF</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_189.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_189.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial e dá outras providências</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_190_ldo_2022.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_190_ldo_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício de 2022 e dá outras providências</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_191_2021_cria_o_fundo_e_conselho_desen_economico_fmde_comde.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_191_2021_cria_o_fundo_e_conselho_desen_economico_fmde_comde.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Desenvolvimento Econômico – FMDE, bem como o Conselho Municipal de Desenvolvimento Econômico – COMDE e dá outras providências.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_lei_192_2021_institui_o_programa_emergencial_de_trabalho_e_protecao_social.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_lei_192_2021_institui_o_programa_emergencial_de_trabalho_e_protecao_social.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a instituir o Programa Emergencial de Trabalho e Proteção Social do Município de Pilão Arcado-BA e dá outras providências</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/29/projeto_de_lei_195_programa_de_parcelamento_incentivado_ppi.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/29/projeto_de_lei_195_programa_de_parcelamento_incentivado_ppi.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Parcelamento Incentivo – PPI, estabelecendo a redução de juros e multas moratórias provenientes de acréscimos legais, incidentes sobre débitos tributários e não tributários existentes para com o Serviço  Autônomo de Água e Esgoto de Pilão Arcado – SAAE.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>RISOMAR BARRENCE</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei_196_aprovado.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei_196_aprovado.pdf</t>
   </si>
   <si>
     <t>“Declara de utilidade pública no âmbito Municipal as Associações Comunitárias Agropastoril mencionadas na seguinte propositura e dá outras providências”.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Orgeto Bastos dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_200_ppa_2022_2025.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_200_ppa_2022_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual – PPA para o quadriênio 2022-2025 e dá outras providências.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_201_loa_orcamento_2022.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_201_loa_orcamento_2022.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Pilão Arcado, para o exercício financeiro de 2022 e determina outras providências. Orçamento 2022.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/43/projeto_de_lei_209_autoriza_o_municipio_a_pactuar_a_concessao_de_bens_com_as_associacoes.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/43/projeto_de_lei_209_autoriza_o_municipio_a_pactuar_a_concessao_de_bens_com_as_associacoes.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pilão Arcado - BA, por intermédio do Poder Executivo, a pactuar concessão administrativa de uso de bem público municipal com as Associações e cooperativas do Município, e dá outras providências</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>JÁNIO PRÓSPERO</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/45/projeto_de_lei_211_-_cria_o_programa_de_incentivo_ao_esporte_feminino.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/45/projeto_de_lei_211_-_cria_o_programa_de_incentivo_ao_esporte_feminino.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do “Programa Municipal de Incentivo à Prática Esportiva Feminina”, no Município de Pilão Arcado e dá outras providências.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/47/projeto_de_lei_213_-_da_o_nome_de_tudesmar_a_quadra_poliesportiva_de_nova_holanda.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/47/projeto_de_lei_213_-_da_o_nome_de_tudesmar_a_quadra_poliesportiva_de_nova_holanda.pdf</t>
   </si>
   <si>
     <t>Denomina a quadra poliesportiva de nova Holanda, Município de Pilão Arcado de “Tudesmar Luiz da Silva”</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/44/projeto_de_lei_214_-_urgente_-_doacao_terreno_sofia_mascarenha.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/44/projeto_de_lei_214_-_urgente_-_doacao_terreno_sofia_mascarenha.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a proceder com a doação de imóvel público Municipal para o Estado da Bahia com encargo específico de construção do complexo esportivo do Colégio Estadual Sophia Mascarenhas e dá outras providências."</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>CLEITON VAQUEIRO</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/49/projeto_de_lei_216_-_denomina_paulo_alves_a_quadra_de_pedreiras.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/49/projeto_de_lei_216_-_denomina_paulo_alves_a_quadra_de_pedreiras.pdf</t>
   </si>
   <si>
     <t>Denomina a quadra Poliesportiva de Pedreira, Município de Pilão Arcado de “Paulo Alves dos Santos”</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/51/projeto_de_lei_217_-_denomina_gessi_francisco_xavier_o_posto_de_mandarino.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/51/projeto_de_lei_217_-_denomina_gessi_francisco_xavier_o_posto_de_mandarino.pdf</t>
   </si>
   <si>
     <t>Denomina de Gessi Francisco Xavier o Posto de Saúde localizado no Povoado de Mandarino, Município de Pilão Arcado-BA</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/54/projeto_de_lei_220_-_reajuste_servidores_comissionados.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/54/projeto_de_lei_220_-_reajuste_servidores_comissionados.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 36 de 18 de março de 2009, para reajustar os vencimentos correspondentes aos cargos de provimento em comissão, reordenar a simbologia dos cargos comissionados, e fazer constar, no inciso II do art. 15, e na Tabela de Vencimentos dos Cargos em Comissão, o cargo de Tesoureiro, criado pela Lei nº 53 de 26 de outubro de 1983.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/53/projeto_de_lei_221_-_planta_generica_de_valores_iptu.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/53/projeto_de_lei_221_-_planta_generica_de_valores_iptu.pdf</t>
   </si>
   <si>
     <t>Institui a Planta Genérica de valores do Município, define critérios para lançamento do imposto predial e territorial urbano e dá outras providências.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>ROBSON SANTANA</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/56/projeto_de_lei_223_-_quadra_de_redencao_jideon.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/56/projeto_de_lei_223_-_quadra_de_redencao_jideon.pdf</t>
   </si>
   <si>
     <t>Denomina a quadra Poliesportiva de Redenção Município de Pilão Arcado de “Jideon Ribeiro de Souza”</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/42/codigo_tributario_projeto_de_lei_complementar.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/42/codigo_tributario_projeto_de_lei_complementar.pdf</t>
   </si>
   <si>
     <t>"Institui o novo Código Tributário e de Rendas do Município de Pilão Arcado, e dá outras providências."</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_resolucao_calendario_2021.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_resolucao_calendario_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Calendário das Sessões Ordinárias da Câmara de Vereadores de Pilão Arcado, relativas ao Exercício Legislativo do ano de 2021.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>THAÍSIO RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/28/mocao_de_apoio_pdf.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/28/mocao_de_apoio_pdf.pdf</t>
   </si>
   <si>
     <t>“Moção de Apoio ao Projeto de Lei Federal n° 2.564/2020, que tramita no Senado Federal, para instituir o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira”.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>LUIS CLÁUDIO</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao_no_193_-_2021_-_luis_claudio.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao_no_193_-_2021_-_luis_claudio.pdf</t>
   </si>
   <si>
     <t>Construção (Limpeza) das estradas vicinais do município de Pilão Arcado - BA ligando os Povoados entre Fortaleza, Vereda da Onça, Caixeiro, Arrecife e Lagoa do Eduardo.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>CÁSSIO BORGES</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_no_197_cassio_borges.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_no_197_cassio_borges.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Prefeito Municipal para que sejam providenciadas intervenções que se fizerem necessárias para a criação de Placas de identificação contendo a nomenclatura nas ruas da sede de Pilão Arcado - BA."</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_no_198_-_2021_-_luis_claudio.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_no_198_-_2021_-_luis_claudio.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal Limpeza de Barragens e Barreiros das Localidades do Município de Pilão Arcado – BA, (Fortaleza, Retiro e Olho D’água).</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>ANTONIO DIAS</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_no_202_-_2021_-_antonio_dias.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_no_202_-_2021_-_antonio_dias.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal a Construção e Ampliação de muros nos Cemitérios das localidades de Pilão Arcado-BA: (Brejo Limoeiro, Brejo Goiabeira, Intendência, Sítio Lagoa do Ataio e Lagoa do Padre).</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_no_203_-_2021_-_antonio_dias.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_no_203_-_2021_-_antonio_dias.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Prefeito Municipal a Construção da CRECHE no Povoado de Lagoa do Padre, Município de Pilão Arcado – BA."</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_no_204_-_2021_-_antonio_dias.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_no_204_-_2021_-_antonio_dias.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Prefeito Municipal a Construção da Praça de Lazer e Reforma da Escola do Povoado de Brejo Zacarias, Município de Pilão Arcado – BA."</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>LUIZ ROGÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_no_205_luiz_rogerio.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_no_205_luiz_rogerio.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Prefeito Municipal Reforma da Parede e Limpeza da Barragem Pública da Localidade de Jurema dos Devezas - Município de Pilão Arcado – BA”.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/39/indicacao_no_206_risomar_barrence.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/39/indicacao_no_206_risomar_barrence.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Prefeito Municipal a construção de uma quadra poliesportiva no Povoado de Olho D’Água – Caatinga, Município de Pilão Arcado – BA.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_no_207_risomar_barrence.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_no_207_risomar_barrence.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Prefeito Municipal a Construção de muros nos cemitérios das localidades do município de pilão arcado – BA.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_no_210_janio_prospero.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_no_210_janio_prospero.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Prefeito Municipal a Construção do Muro do Cemitério do Povoado de PAIOL, Município de Pilão Arcado – BA.”</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>MAURI ALEXANDRE</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_no_212_mauri_alexandre.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_no_212_mauri_alexandre.pdf</t>
   </si>
   <si>
     <t>“Propõe a Executivo a realização de operação tapa-buracos para manutenção da malha viária do Município de Pilão Arcado - BA.”</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_no_215_janio_prospero.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_no_215_janio_prospero.pdf</t>
   </si>
   <si>
     <t>Determina providências para pavimentação, Calçamento com paralelepípedo bem como Construção de uma Praça Pública no Povoado de Mandarino, Município de Pilão Arcado-BA.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_no_218_cleiton_silva.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_no_218_cleiton_silva.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal a Construção de uma quadra poliesportiva no Povoado de Garajau, Município de Pilão Arcado – BA.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>MARCOS CLEITON</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_no_219_marcos_cleiton.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_no_219_marcos_cleiton.pdf</t>
   </si>
   <si>
     <t>Propõe ao Executivo o Recapeamento Asfáltico do Povoado de Pedreiras, Município de Pilão Arcado - BA.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>MANOEL OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/55/indicacao_no_222_manoel_oliveira.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/55/indicacao_no_222_manoel_oliveira.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Prefeito Municipal a recuperação de estrada e Construção de muros nos cemitérios das localidades do município de pilão arcado – BA.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_no_224_marcos_e_antonio.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_no_224_marcos_e_antonio.pdf</t>
   </si>
   <si>
     <t>Propõe ao Executivo o pagamento do complemento constitucional dos profissionais da educação básica em efetivo exercício no Município de Pilão Arcado-BA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -891,68 +891,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_189.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_190_ldo_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_191_2021_cria_o_fundo_e_conselho_desen_economico_fmde_comde.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_lei_192_2021_institui_o_programa_emergencial_de_trabalho_e_protecao_social.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/29/projeto_de_lei_195_programa_de_parcelamento_incentivado_ppi.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei_196_aprovado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_200_ppa_2022_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_201_loa_orcamento_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/43/projeto_de_lei_209_autoriza_o_municipio_a_pactuar_a_concessao_de_bens_com_as_associacoes.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/45/projeto_de_lei_211_-_cria_o_programa_de_incentivo_ao_esporte_feminino.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/47/projeto_de_lei_213_-_da_o_nome_de_tudesmar_a_quadra_poliesportiva_de_nova_holanda.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/44/projeto_de_lei_214_-_urgente_-_doacao_terreno_sofia_mascarenha.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/49/projeto_de_lei_216_-_denomina_paulo_alves_a_quadra_de_pedreiras.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/51/projeto_de_lei_217_-_denomina_gessi_francisco_xavier_o_posto_de_mandarino.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/54/projeto_de_lei_220_-_reajuste_servidores_comissionados.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/53/projeto_de_lei_221_-_planta_generica_de_valores_iptu.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/56/projeto_de_lei_223_-_quadra_de_redencao_jideon.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/42/codigo_tributario_projeto_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_resolucao_calendario_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/28/mocao_de_apoio_pdf.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao_no_193_-_2021_-_luis_claudio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_no_197_cassio_borges.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_no_198_-_2021_-_luis_claudio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_no_202_-_2021_-_antonio_dias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_no_203_-_2021_-_antonio_dias.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_no_204_-_2021_-_antonio_dias.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_no_205_luiz_rogerio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/39/indicacao_no_206_risomar_barrence.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_no_207_risomar_barrence.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_no_210_janio_prospero.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_no_212_mauri_alexandre.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_no_215_janio_prospero.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_no_218_cleiton_silva.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_no_219_marcos_cleiton.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/55/indicacao_no_222_manoel_oliveira.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_no_224_marcos_e_antonio.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_189.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_190_ldo_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_191_2021_cria_o_fundo_e_conselho_desen_economico_fmde_comde.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_lei_192_2021_institui_o_programa_emergencial_de_trabalho_e_protecao_social.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/29/projeto_de_lei_195_programa_de_parcelamento_incentivado_ppi.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei_196_aprovado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_200_ppa_2022_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_201_loa_orcamento_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/43/projeto_de_lei_209_autoriza_o_municipio_a_pactuar_a_concessao_de_bens_com_as_associacoes.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/45/projeto_de_lei_211_-_cria_o_programa_de_incentivo_ao_esporte_feminino.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/47/projeto_de_lei_213_-_da_o_nome_de_tudesmar_a_quadra_poliesportiva_de_nova_holanda.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/44/projeto_de_lei_214_-_urgente_-_doacao_terreno_sofia_mascarenha.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/49/projeto_de_lei_216_-_denomina_paulo_alves_a_quadra_de_pedreiras.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/51/projeto_de_lei_217_-_denomina_gessi_francisco_xavier_o_posto_de_mandarino.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/54/projeto_de_lei_220_-_reajuste_servidores_comissionados.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/53/projeto_de_lei_221_-_planta_generica_de_valores_iptu.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/56/projeto_de_lei_223_-_quadra_de_redencao_jideon.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/42/codigo_tributario_projeto_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_resolucao_calendario_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/28/mocao_de_apoio_pdf.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao_no_193_-_2021_-_luis_claudio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_no_197_cassio_borges.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_no_198_-_2021_-_luis_claudio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_no_202_-_2021_-_antonio_dias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_no_203_-_2021_-_antonio_dias.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_no_204_-_2021_-_antonio_dias.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_no_205_luiz_rogerio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/39/indicacao_no_206_risomar_barrence.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_no_207_risomar_barrence.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_no_210_janio_prospero.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_no_212_mauri_alexandre.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_no_215_janio_prospero.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_no_218_cleiton_silva.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_no_219_marcos_cleiton.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/55/indicacao_no_222_manoel_oliveira.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_no_224_marcos_e_antonio.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="163" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="162.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>