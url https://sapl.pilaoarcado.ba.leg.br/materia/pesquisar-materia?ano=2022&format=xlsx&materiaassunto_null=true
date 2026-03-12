--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -54,390 +54,390 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>LUIZ ROGÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/65/projeto_de_lei_233_-_creche_municipal_antonio_porfirio.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/65/projeto_de_lei_233_-_creche_municipal_antonio_porfirio.pdf</t>
   </si>
   <si>
     <t>Denomina a Creche Municipal localizada na Avenida Joaquim Ribeiro, nº 441, na sede Pilão Arcado-BA de: “Creche Municipal Antonio Porfírio. ”</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>Orgeto Bastos dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/66/projeto_de_lei_234_a_-_doacao_de_terreno.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/66/projeto_de_lei_234_a_-_doacao_de_terreno.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a fazer doação de uma área de terreno urbano que especifica, para fins de construção de um Complexo de Segurança Pública incluindo Delegacia de Polícia Civil e Sede do Pelotão da Polícia Militar."</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>MARCOS CLEITON</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/67/projeto_de_lei_235_praca_roberval_nova_holanda.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/67/projeto_de_lei_235_praca_roberval_nova_holanda.pdf</t>
   </si>
   <si>
     <t>"Denomina a praça pública do povoado Nova Holanda Município de Pilão Arcado de “Roberval Mangueira Bastos”</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>LUIS CLÁUDIO</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_lei_238_-_creche_william_queiroz.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_lei_238_-_creche_william_queiroz.pdf</t>
   </si>
   <si>
     <t>Denomina a Creche Municipal localizada na Praça Antônio Porfírio, na sede Pilão Arcado-BA de: “Creche Municipal William Augusto Pereira de Queiroz".</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_240_-_diretrizes_orcamentarias_ldo_2023.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_240_-_diretrizes_orcamentarias_ldo_2023.pdf</t>
   </si>
   <si>
     <t>“Dispões sobre as Diretrizes Orçamentárias, exercício de 2023 e dá outras providências – LDO 2023”</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_do_piso_ap.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_do_piso_ap.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Pagamento do Piso Nacional do Magistério aos Servidores do Magistério do Município de Pilão Arcado, Bahia, e dá outras providências.”</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_lei_245_-_institui_programa_de_parceria_publico_privada.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_lei_245_-_institui_programa_de_parceria_publico_privada.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa de Parceria Público-Privada e Concessões de Pilão Arcado-BA e dá outras providências.”</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/58/calendario_das_sessoes_ordinarias_de_2022.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/58/calendario_das_sessoes_ordinarias_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Calendário das Sessões Ordinárias da Câmara de Vereadores de Pilão Arcado, relativas ao Exercício Legislativo do ano de 2022.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>THAÍSIO RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/72/projeto_de_resolucao_no_228_titiulo_de_cidadao_salvador.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/72/projeto_de_resolucao_no_228_titiulo_de_cidadao_salvador.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Pilãoarcadense ao Senhor Salvador Neiva Ribeiro dos Santos, Atual Médico do Hospital Municipal Luiz Eduardo Magalhães Pilão Arcado, BA</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/68/projeto_de_resolucao_no_236_titiulo_cidadao_poliano.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/68/projeto_de_resolucao_no_236_titiulo_cidadao_poliano.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Pilãoarcadense ao Sr. Poliano dos Anjos Moreira, atual Secretário de Saúde do Município de Pilão Arcado-BA.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>RISOMAR BARRENCE</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_resolucao_no_249_titiulo_cidadao_jeronimo.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_resolucao_no_249_titiulo_cidadao_jeronimo.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Pilãoarcadense ao Sr. Jerônimo Rodrigues Souza,  Secretário de Educação da Bahia.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/82/projeto_de_resolucao_no_250_tittulo_de_cidadao_otto.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/82/projeto_de_resolucao_no_250_tittulo_de_cidadao_otto.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Pilãoarcadense ao Sr. Otto Mendonça Roberto de Alencar, Senador da República.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao_no_226_luis_claudio.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao_no_226_luis_claudio.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Prefeito Municipal a Limpeza das Estradas Vicinais do Município de Pilão Arcado – BA que ligam as localidades de Lagoa dos Piaus à Lagoa da Vaca, a BR 020 e a Avelino Lopes”.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_227_luis_claudio.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_227_luis_claudio.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Prefeito Municipal Reforma da parede da Barragem Pública da Localidade de Retiro -  Município de Pilão Arcado – BA."</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_229_risomar.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_229_risomar.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Senhor Prefeito Municipal o patrolamento, limpeza e melhorias das Estradas Vicinais da Zona Rural do Município de Pilão Arcado – BA”. (Tamanduá, Espinheiro, Olho D’água, Caititu e Morro Branco.)</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>MAURI ALEXANDRE</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_no_230_mauri.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_no_230_mauri.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Senhor Prefeito Municipal a instalação de braços nos postes, instalação de lâmpadas para iluminação das vias de acesso aos povoados."</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>JÁNIO PRÓSPERO</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/63/indicacao_no_231_janio.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/63/indicacao_no_231_janio.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Prefeito Municipal a Construção de muros dos cemitérios das localidades de Lagoa dos Piaus e Comunidade da Volta, Municípios de Pilão Arcado – BA.”</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/64/indicacao_no_232_janio.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/64/indicacao_no_232_janio.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Senhor Prefeito Municipal obras e serviços de infraestrutura para o Povoado de Lagoa dos Piaus Município de Pilão Arcado – BA relacionados abaixo. (Kit iluminação, Quadra poliesportiva e Barragem)</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/69/indicacao_no_237_mauri.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/69/indicacao_no_237_mauri.pdf</t>
   </si>
   <si>
     <t>Indica Providências ao Executivo para reforma da Escola da Localidade de Caraíba de Santa Tereza, Município de Pilão Arcado-BA</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>MANOEL OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/71/indicacao_no_239_manoel.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/71/indicacao_no_239_manoel.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal a implantação de obras de canalização e interligação do Rio São Francisco com a Barragem de Barra do Brejo, Localidade do Município de Pilão Arcado – BA</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/73/indicacao_no_241_rogerio.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/73/indicacao_no_241_rogerio.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Senhor Prefeito Municipal a instalação de KITs de iluminação pública (braços, lâmpadas, etc) para os povoados de Tapuio ao Aniceto, município de Pilão Arcado-BA.”</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/74/indicacao_no_242_rogerio.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/74/indicacao_no_242_rogerio.pdf</t>
   </si>
   <si>
     <t>“Propõe ao Senhor Prefeito Municipal a Construção de Redutor de Velocidade, mais conhecido como Quebra-Molas na entrada do Povoado de Passagem, Município de Pilão Arcado-BA.”</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao_no_243_rogerio.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao_no_243_rogerio.pdf</t>
   </si>
   <si>
     <t>“Sugere ao Prefeito Municipal Reforma do Sangrador e da Parede da Barragem Pública do Povoado Vereda da Onça - Município de Pilão Arcado – BA”.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/76/indicacao_no_246_luis_claudio.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/76/indicacao_no_246_luis_claudio.pdf</t>
   </si>
   <si>
     <t>"Propõe ao Prefeito Municipal o Cascalhamento da Estrada que liga o Povoado de Retiro ao Povoado de Pascoal."</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/77/indicacao_no_247_luis_claudio.pdf</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/77/indicacao_no_247_luis_claudio.pdf</t>
   </si>
   <si>
     <t>"Propõe ao Senhor Prefeito Municipal a Construção de Redutor de Velocidade, mais conhecido como Quebra-Molas na Rua Lagoa do Padre, próximo ao matadouro."</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.pilaoarcado.ba.leg.br/media/</t>
+    <t>http://sapl.pilaoarcado.ba.leg.br/media/</t>
   </si>
   <si>
     <t>“Sugere ao Prefeito Municipal a Construção de muros nos Cemitérios das Localidades do Município de Pilão Arcado – BA (Povoados: Xique-Xique, Pontal, Localidade Saco, Agreste, Canastra.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -744,68 +744,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/65/projeto_de_lei_233_-_creche_municipal_antonio_porfirio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/66/projeto_de_lei_234_a_-_doacao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/67/projeto_de_lei_235_praca_roberval_nova_holanda.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_lei_238_-_creche_william_queiroz.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_240_-_diretrizes_orcamentarias_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_do_piso_ap.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_lei_245_-_institui_programa_de_parceria_publico_privada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/58/calendario_das_sessoes_ordinarias_de_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/72/projeto_de_resolucao_no_228_titiulo_de_cidadao_salvador.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/68/projeto_de_resolucao_no_236_titiulo_cidadao_poliano.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_resolucao_no_249_titiulo_cidadao_jeronimo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/82/projeto_de_resolucao_no_250_tittulo_de_cidadao_otto.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao_no_226_luis_claudio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_227_luis_claudio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_229_risomar.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_no_230_mauri.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/63/indicacao_no_231_janio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/64/indicacao_no_232_janio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/69/indicacao_no_237_mauri.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/71/indicacao_no_239_manoel.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/73/indicacao_no_241_rogerio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/74/indicacao_no_242_rogerio.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao_no_243_rogerio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/76/indicacao_no_246_luis_claudio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/77/indicacao_no_247_luis_claudio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pilaoarcado.ba.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/65/projeto_de_lei_233_-_creche_municipal_antonio_porfirio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/66/projeto_de_lei_234_a_-_doacao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/67/projeto_de_lei_235_praca_roberval_nova_holanda.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_lei_238_-_creche_william_queiroz.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_240_-_diretrizes_orcamentarias_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_do_piso_ap.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_lei_245_-_institui_programa_de_parceria_publico_privada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/58/calendario_das_sessoes_ordinarias_de_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/72/projeto_de_resolucao_no_228_titiulo_de_cidadao_salvador.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/68/projeto_de_resolucao_no_236_titiulo_cidadao_poliano.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_resolucao_no_249_titiulo_cidadao_jeronimo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/82/projeto_de_resolucao_no_250_tittulo_de_cidadao_otto.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao_no_226_luis_claudio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_227_luis_claudio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_229_risomar.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_no_230_mauri.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/63/indicacao_no_231_janio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/64/indicacao_no_232_janio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/69/indicacao_no_237_mauri.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/71/indicacao_no_239_manoel.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/73/indicacao_no_241_rogerio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/74/indicacao_no_242_rogerio.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao_no_243_rogerio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/76/indicacao_no_246_luis_claudio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/sapl/public/materialegislativa/2022/77/indicacao_no_247_luis_claudio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pilaoarcado.ba.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="138" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="201.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>